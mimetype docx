--- v0 (2025-10-02)
+++ v1 (2025-12-28)
@@ -37,53 +37,52 @@
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="212"/>
         <w:gridCol w:w="213"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DA1F7F" w14:paraId="6BE56850" w14:textId="77777777" w:rsidTr="00DA1F7F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4A16B19B" w14:textId="003B870C" w:rsidR="00DA1F7F" w:rsidRPr="00482ABF" w:rsidRDefault="00DA1F7F" w:rsidP="00BB3D40">
-[...1 lines deleted...]
-              <w:spacing w:before="120"/>
+          <w:p w14:paraId="4A16B19B" w14:textId="003B870C" w:rsidR="00DA1F7F" w:rsidRPr="00482ABF" w:rsidRDefault="00DA1F7F" w:rsidP="00F05E87">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00482ABF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>PARTICIPATION DECLARATION</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D33A585" w14:textId="103E75B0" w:rsidR="00DA1F7F" w:rsidRPr="00482ABF" w:rsidRDefault="00DA1F7F" w:rsidP="00DA1F7F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
@@ -210,53 +209,52 @@
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4E939BD4" w14:textId="77777777" w:rsidR="00DA1F7F" w:rsidRPr="00482ABF" w:rsidRDefault="00DA1F7F" w:rsidP="00DA1F7F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E497D84" w14:textId="77777777" w:rsidR="00DA1F7F" w:rsidRPr="00DA1F7F" w:rsidRDefault="00DA1F7F" w:rsidP="00BB3D40">
-[...1 lines deleted...]
-              <w:spacing w:before="120"/>
+          <w:p w14:paraId="5E497D84" w14:textId="77777777" w:rsidR="00DA1F7F" w:rsidRPr="00DA1F7F" w:rsidRDefault="00DA1F7F" w:rsidP="00F05E87">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA1F7F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>DEKLARACJA UCZESTNICTWA</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74017670" w14:textId="69B5A1C8" w:rsidR="00DA1F7F" w:rsidRPr="00DA1F7F" w:rsidRDefault="00DA1F7F" w:rsidP="00DA1F7F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
@@ -851,167 +849,200 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> a student </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>at</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: / Jestem studentem:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74966A06" w14:textId="33AD1792" w:rsidR="00951F01" w:rsidRPr="00951F01" w:rsidRDefault="00951F01" w:rsidP="00951F01">
+          <w:p w14:paraId="74966A06" w14:textId="7976934C" w:rsidR="00951F01" w:rsidRPr="00951F01" w:rsidRDefault="001F3A25" w:rsidP="00951F01">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="333" w:right="618" w:hanging="268"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00951F01">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00951F01">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>rd</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00951F01">
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00951F01">
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>year</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00951F01">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> of </w:t>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F05E87">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00951F01">
+            <w:r w:rsidR="00F05E87">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F05E87">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F05E87">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>later</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F05E87">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>undergraduate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00951F01">
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00951F01">
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>studies</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidR="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
-            <w:r w:rsidRPr="00951F01">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00951F01">
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>studiów licencjackich</w:t>
+            </w:r>
+            <w:r w:rsidR="00F05E87">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> na 2. roku (lub późniejszym)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="653044E8" w14:textId="185B228C" w:rsidR="00951F01" w:rsidRPr="00951F01" w:rsidRDefault="00951F01" w:rsidP="00951F01">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="333" w:right="617" w:hanging="268"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>second</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -1056,209 +1087,231 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>studies</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>studiów magisterskich II stopnia</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F6AEE9C" w14:textId="5ED733DC" w:rsidR="00951F01" w:rsidRPr="00951F01" w:rsidRDefault="00951F01" w:rsidP="00951F01">
+          <w:p w14:paraId="4F6AEE9C" w14:textId="16C9BA50" w:rsidR="00951F01" w:rsidRPr="00951F01" w:rsidRDefault="001F3A25" w:rsidP="00951F01">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="333" w:right="617" w:hanging="268"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00951F01">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00951F01">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>rd</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00951F01">
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00951F01">
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>year</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00951F01">
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>later</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>unified</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>master's</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>studies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>jednolitych studiów magisterskich</w:t>
+            </w:r>
+            <w:r w:rsidR="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> na </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...100 lines deleted...]
-              <w:t xml:space="preserve"> na 3. roku (lub późniejszym)</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. roku (lub późniejszym)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B6D1A3E" w14:textId="206E87E9" w:rsidR="00951F01" w:rsidRPr="00951F01" w:rsidRDefault="00951F01" w:rsidP="00951F01">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="333" w:right="617" w:hanging="268"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>doctoral</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -2909,61 +2962,61 @@
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>uczestnika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:sectPr w:rsidR="0069155A" w:rsidRPr="00482ABF" w:rsidSect="00024E5B">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1702" w:right="1416" w:bottom="1702" w:left="1418" w:header="285" w:footer="376" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64278DEE" w14:textId="77777777" w:rsidR="00DE6CDE" w:rsidRDefault="00DE6CDE" w:rsidP="000F64D4">
+    <w:p w14:paraId="7E764EBF" w14:textId="77777777" w:rsidR="008C6641" w:rsidRDefault="008C6641" w:rsidP="000F64D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B9BE06F" w14:textId="77777777" w:rsidR="00DE6CDE" w:rsidRDefault="00DE6CDE" w:rsidP="000F64D4">
+    <w:p w14:paraId="7CBFA34E" w14:textId="77777777" w:rsidR="008C6641" w:rsidRDefault="008C6641" w:rsidP="000F64D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3074,61 +3127,61 @@
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="16591FE1" w14:textId="77777777" w:rsidR="000F64D4" w:rsidRDefault="000F64D4">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="608D4887" w14:textId="77777777" w:rsidR="00DE6CDE" w:rsidRDefault="00DE6CDE" w:rsidP="000F64D4">
+    <w:p w14:paraId="23CAA34F" w14:textId="77777777" w:rsidR="008C6641" w:rsidRDefault="008C6641" w:rsidP="000F64D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38C9C787" w14:textId="77777777" w:rsidR="00DE6CDE" w:rsidRDefault="00DE6CDE" w:rsidP="000F64D4">
+    <w:p w14:paraId="693569A8" w14:textId="77777777" w:rsidR="008C6641" w:rsidRDefault="008C6641" w:rsidP="000F64D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="109F4655" w14:textId="17E92328" w:rsidR="000F64D4" w:rsidRDefault="00522526" w:rsidP="00DD272D">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:ind w:left="-1134" w:right="-993"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
@@ -4319,105 +4372,109 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00673A19"/>
     <w:rsid w:val="00001F55"/>
     <w:rsid w:val="00024E5B"/>
     <w:rsid w:val="00035D47"/>
     <w:rsid w:val="00095E8F"/>
     <w:rsid w:val="000B30B1"/>
     <w:rsid w:val="000C2928"/>
     <w:rsid w:val="000F58EB"/>
     <w:rsid w:val="000F64D4"/>
     <w:rsid w:val="00126D4C"/>
     <w:rsid w:val="001443C7"/>
     <w:rsid w:val="0015223D"/>
     <w:rsid w:val="0016334C"/>
     <w:rsid w:val="00176074"/>
     <w:rsid w:val="00182485"/>
     <w:rsid w:val="001A5D6E"/>
     <w:rsid w:val="001B2C6B"/>
     <w:rsid w:val="001C6C84"/>
     <w:rsid w:val="001E0259"/>
     <w:rsid w:val="001E2BA6"/>
+    <w:rsid w:val="001F3A25"/>
     <w:rsid w:val="002268B0"/>
     <w:rsid w:val="0022786C"/>
     <w:rsid w:val="00230B02"/>
     <w:rsid w:val="00232561"/>
     <w:rsid w:val="00245264"/>
     <w:rsid w:val="0026715F"/>
     <w:rsid w:val="00283325"/>
+    <w:rsid w:val="002A6905"/>
     <w:rsid w:val="002E28E9"/>
     <w:rsid w:val="002E2F20"/>
     <w:rsid w:val="00333E4E"/>
     <w:rsid w:val="00340140"/>
     <w:rsid w:val="003528D0"/>
     <w:rsid w:val="00362007"/>
     <w:rsid w:val="003A31A0"/>
     <w:rsid w:val="003A7EB6"/>
     <w:rsid w:val="003C63BE"/>
     <w:rsid w:val="00421DFD"/>
     <w:rsid w:val="00426B64"/>
     <w:rsid w:val="00430760"/>
     <w:rsid w:val="004436CC"/>
     <w:rsid w:val="00467C61"/>
     <w:rsid w:val="00471BBC"/>
     <w:rsid w:val="0047255A"/>
     <w:rsid w:val="0048116F"/>
     <w:rsid w:val="00482ABF"/>
     <w:rsid w:val="004E2ABF"/>
     <w:rsid w:val="004F5A98"/>
     <w:rsid w:val="0050538D"/>
     <w:rsid w:val="00511415"/>
     <w:rsid w:val="00515C80"/>
     <w:rsid w:val="00522526"/>
     <w:rsid w:val="00526AE7"/>
     <w:rsid w:val="005453DD"/>
     <w:rsid w:val="00560033"/>
     <w:rsid w:val="00584F14"/>
     <w:rsid w:val="005968F0"/>
     <w:rsid w:val="005A317E"/>
     <w:rsid w:val="005C3025"/>
     <w:rsid w:val="005D642F"/>
     <w:rsid w:val="0061195D"/>
     <w:rsid w:val="00673A19"/>
     <w:rsid w:val="0069155A"/>
     <w:rsid w:val="00692886"/>
     <w:rsid w:val="006A1D42"/>
     <w:rsid w:val="006F7F88"/>
     <w:rsid w:val="00707BF3"/>
     <w:rsid w:val="00723405"/>
     <w:rsid w:val="00766B27"/>
     <w:rsid w:val="0077712E"/>
+    <w:rsid w:val="007C2388"/>
     <w:rsid w:val="008169A0"/>
     <w:rsid w:val="00816EF7"/>
     <w:rsid w:val="00846EA8"/>
     <w:rsid w:val="008521EF"/>
     <w:rsid w:val="00863233"/>
     <w:rsid w:val="008C56F2"/>
+    <w:rsid w:val="008C6641"/>
     <w:rsid w:val="008D62A0"/>
     <w:rsid w:val="00906A1E"/>
     <w:rsid w:val="00907238"/>
     <w:rsid w:val="0091546B"/>
     <w:rsid w:val="00932323"/>
     <w:rsid w:val="00951F01"/>
     <w:rsid w:val="009544DD"/>
     <w:rsid w:val="009602B0"/>
     <w:rsid w:val="009B7EC1"/>
     <w:rsid w:val="009C3757"/>
     <w:rsid w:val="009D601E"/>
     <w:rsid w:val="009F1FF9"/>
     <w:rsid w:val="009F51CC"/>
     <w:rsid w:val="00A0108B"/>
     <w:rsid w:val="00A04EAE"/>
     <w:rsid w:val="00A0517D"/>
     <w:rsid w:val="00A90194"/>
     <w:rsid w:val="00AA0D04"/>
     <w:rsid w:val="00AA53BB"/>
     <w:rsid w:val="00AB116C"/>
     <w:rsid w:val="00AD799A"/>
     <w:rsid w:val="00AF780A"/>
     <w:rsid w:val="00B11042"/>
     <w:rsid w:val="00B15DD1"/>
     <w:rsid w:val="00B25102"/>
@@ -4434,50 +4491,51 @@
     <w:rsid w:val="00C40874"/>
     <w:rsid w:val="00C4158D"/>
     <w:rsid w:val="00C54D20"/>
     <w:rsid w:val="00C75711"/>
     <w:rsid w:val="00C94378"/>
     <w:rsid w:val="00C960B3"/>
     <w:rsid w:val="00CC05A7"/>
     <w:rsid w:val="00CC390F"/>
     <w:rsid w:val="00CE078C"/>
     <w:rsid w:val="00CF305E"/>
     <w:rsid w:val="00D3331F"/>
     <w:rsid w:val="00D5697E"/>
     <w:rsid w:val="00D57F1D"/>
     <w:rsid w:val="00DA1F7F"/>
     <w:rsid w:val="00DA482E"/>
     <w:rsid w:val="00DD272D"/>
     <w:rsid w:val="00DE6CDE"/>
     <w:rsid w:val="00DF357F"/>
     <w:rsid w:val="00E20A5B"/>
     <w:rsid w:val="00E6221F"/>
     <w:rsid w:val="00E65E5C"/>
     <w:rsid w:val="00E718BC"/>
     <w:rsid w:val="00E74F3C"/>
     <w:rsid w:val="00EA201D"/>
     <w:rsid w:val="00EF162B"/>
+    <w:rsid w:val="00F05E87"/>
     <w:rsid w:val="00F1092F"/>
     <w:rsid w:val="00F1745D"/>
     <w:rsid w:val="00F21F6D"/>
     <w:rsid w:val="00F362E6"/>
     <w:rsid w:val="00F763FB"/>
     <w:rsid w:val="00F766BD"/>
     <w:rsid w:val="00FB66AC"/>
     <w:rsid w:val="00FC358F"/>
     <w:rsid w:val="00FE7C50"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -5828,75 +5886,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9B274DD-1F3F-4886-AA16-E0940228D853}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>481</Words>
-  <Characters>3840</Characters>
+  <Words>695</Words>
+  <Characters>4172</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>118</Lines>
-  <Paragraphs>55</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4269</CharactersWithSpaces>
+  <CharactersWithSpaces>4858</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jacek Rapacz</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>9b50d0318ebb1b9a7a6fac435b0a1fa6d9feedfd388372bcf8f55317ba101761</vt:lpwstr>
   </property>