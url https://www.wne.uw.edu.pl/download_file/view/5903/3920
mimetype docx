--- v2 (2026-02-14)
+++ v3 (2026-03-27)
@@ -123,56 +123,58 @@
               <w:t xml:space="preserve"> PROGRAMME</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E0E9970" w14:textId="77777777" w:rsidR="00DA1F7F" w:rsidRPr="00482ABF" w:rsidRDefault="00DA1F7F" w:rsidP="00DA1F7F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6C158806" w14:textId="466BA716" w:rsidR="00DA1F7F" w:rsidRPr="00482ABF" w:rsidRDefault="00DA1F7F" w:rsidP="00DA1F7F">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00482ABF">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">This Participation Declaration applies to the </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00692886">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Spinaker</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00482ABF">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> programme, organized by the Polish National Agency for Academic Exchange, implemented by University of Warsaw</w:t>
             </w:r>
             <w:r w:rsidR="00692886">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (UW).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5508C10B" w14:textId="694A8D24" w:rsidR="00DA1F7F" w:rsidRPr="00482ABF" w:rsidRDefault="00DA1F7F" w:rsidP="00DA1F7F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00482ABF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
@@ -326,525 +328,794 @@
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="10534" w:type="dxa"/>
         <w:tblInd w:w="-709" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3952"/>
-        <w:gridCol w:w="4943"/>
+        <w:gridCol w:w="4111"/>
+        <w:gridCol w:w="4784"/>
         <w:gridCol w:w="1639"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C30A7A" w14:paraId="22EB9DF4" w14:textId="77777777" w:rsidTr="001B2C6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10534" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="595959" w:themeFill="text1" w:themeFillTint="A6"/>
           </w:tcPr>
           <w:p w14:paraId="3DF9602E" w14:textId="562915BC" w:rsidR="00C30A7A" w:rsidRPr="001B2C6B" w:rsidRDefault="00DA1F7F" w:rsidP="001B2C6B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="465"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B2C6B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00C30A7A" w:rsidRPr="001B2C6B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ll fields mandatory</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001B2C6B">
+              <w:t>ll</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C30A7A" w:rsidRPr="001B2C6B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C30A7A" w:rsidRPr="001B2C6B">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>fields</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C30A7A" w:rsidRPr="001B2C6B">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C30A7A" w:rsidRPr="001B2C6B">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>mandatory</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B2C6B">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> / Wszystkie pola obowiązkowe:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B2C6B" w14:paraId="266D0004" w14:textId="77777777" w:rsidTr="001B2C6B">
+      <w:tr w:rsidR="001B2C6B" w14:paraId="266D0004" w14:textId="77777777" w:rsidTr="00123B89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3952" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7AEAEFF6" w14:textId="4256BB7B" w:rsidR="001B2C6B" w:rsidRPr="00F1092F" w:rsidRDefault="001B2C6B" w:rsidP="001B2C6B">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="323"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B2C6B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Name of the </w:t>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B2C6B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>University / Nazwa Uczelni:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6582" w:type="dxa"/>
+            <w:tcW w:w="6423" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="22049FA3" w14:textId="321EA69A" w:rsidR="001B2C6B" w:rsidRPr="00F1092F" w:rsidRDefault="001B2C6B" w:rsidP="001B2C6B">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="28"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>………………………………….……………………..………………………………………………….</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B2C6B" w14:paraId="2B824C0A" w14:textId="77777777" w:rsidTr="001B2C6B">
+      <w:tr w:rsidR="001B2C6B" w14:paraId="2B824C0A" w14:textId="77777777" w:rsidTr="00123B89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3952" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="65AC8649" w14:textId="59DE4228" w:rsidR="001B2C6B" w:rsidRPr="001B2C6B" w:rsidRDefault="001B2C6B" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="321"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B2C6B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>University address</w:t>
-            </w:r>
+              <w:t xml:space="preserve">University </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B2C6B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>address</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / Adres Uczelni:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6582" w:type="dxa"/>
+            <w:tcW w:w="6423" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="26A88EFD" w14:textId="4C12E1C9" w:rsidR="001B2C6B" w:rsidRPr="00F1092F" w:rsidRDefault="001B2C6B" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="28"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>………………………………….……………………..………………………………………………….</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B2C6B" w14:paraId="25C3C8B3" w14:textId="77777777" w:rsidTr="001B2C6B">
+      <w:tr w:rsidR="001B2C6B" w14:paraId="25C3C8B3" w14:textId="77777777" w:rsidTr="00123B89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3952" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4AE18ACA" w14:textId="77777777" w:rsidR="001B2C6B" w:rsidRPr="001B2C6B" w:rsidRDefault="001B2C6B" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="321"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6582" w:type="dxa"/>
+            <w:tcW w:w="6423" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="49964AE3" w14:textId="62F73385" w:rsidR="001B2C6B" w:rsidRPr="00F1092F" w:rsidRDefault="001B2C6B" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="28"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>………………………………….……………………..………………………………………………….</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B2C6B" w14:paraId="2BA230E7" w14:textId="77777777" w:rsidTr="001B2C6B">
+      <w:tr w:rsidR="001B2C6B" w14:paraId="2BA230E7" w14:textId="77777777" w:rsidTr="00123B89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3952" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7D3BC6CE" w14:textId="139FB22F" w:rsidR="001B2C6B" w:rsidRPr="001B2C6B" w:rsidRDefault="001B2C6B" w:rsidP="001B2C6B">
             <w:pPr>
               <w:spacing w:before="120" w:after="240"/>
               <w:ind w:left="321"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Faculty (optional) / Wydział (opcjonalnie):</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Faculty</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>optional</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) / Wydział (opcjonalnie):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6582" w:type="dxa"/>
+            <w:tcW w:w="6423" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7946C937" w14:textId="3D3C7DC5" w:rsidR="001B2C6B" w:rsidRPr="00F1092F" w:rsidRDefault="001B2C6B" w:rsidP="001B2C6B">
             <w:pPr>
               <w:spacing w:before="120" w:after="240"/>
               <w:ind w:left="28"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>………………………………….……………………..………………………………………………….</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00951F01" w14:paraId="3394A161" w14:textId="77777777" w:rsidTr="00E4160B">
+      <w:tr w:rsidR="00951F01" w14:paraId="3394A161" w14:textId="77777777" w:rsidTr="00123B89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3952" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0D2E7C8E" w14:textId="7F0CDE31" w:rsidR="00951F01" w:rsidRDefault="00951F01" w:rsidP="001B2C6B">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="321"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mark the correct answer</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Mark the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>correct</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>answer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>/ Zaznacz właściwe</w:t>
             </w:r>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6582" w:type="dxa"/>
+            <w:tcW w:w="6423" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="78BAB241" w14:textId="763F8CE3" w:rsidR="00951F01" w:rsidRDefault="00951F01" w:rsidP="001B2C6B">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="28" w:right="617"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>I am a student at: / Jestem studentem:</w:t>
+              <w:t xml:space="preserve">I </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>am</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a student </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: / Jestem studentem:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74966A06" w14:textId="7976934C" w:rsidR="00951F01" w:rsidRPr="00951F01" w:rsidRDefault="001F3A25" w:rsidP="00951F01">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="333" w:right="618" w:hanging="268"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> year </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>year</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F05E87">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(or later) </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F05E87">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F05E87">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F05E87">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>later</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F05E87">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>of undergraduate studies</w:t>
-            </w:r>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>undergraduate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>studies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>studiów licencjackich</w:t>
             </w:r>
             <w:r w:rsidR="00F05E87">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> na 2. roku (lub późniejszym)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="653044E8" w14:textId="185B228C" w:rsidR="00951F01" w:rsidRPr="00951F01" w:rsidRDefault="00951F01" w:rsidP="00951F01">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="333" w:right="617" w:hanging="268"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>second cycle master's studies</w:t>
-            </w:r>
+              <w:t>second</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>cycle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>master's</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>studies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>studiów magisterskich II stopnia</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F6AEE9C" w14:textId="16C9BA50" w:rsidR="00951F01" w:rsidRPr="00951F01" w:rsidRDefault="001F3A25" w:rsidP="00951F01">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="333" w:right="617" w:hanging="268"/>
               <w:rPr>
@@ -858,644 +1129,1017 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> year </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>year</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(or later) </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>later</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">of </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>unified</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> master's studies</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>master's</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>studies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidR="00951F01" w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>jednolitych studiów magisterskich</w:t>
             </w:r>
             <w:r w:rsidR="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> na </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. roku (lub późniejszym)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B6D1A3E" w14:textId="206E87E9" w:rsidR="00951F01" w:rsidRPr="00951F01" w:rsidRDefault="00951F01" w:rsidP="00951F01">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="333" w:right="617" w:hanging="268"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>doctoral studies</w:t>
-            </w:r>
+              <w:t>doctoral</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00951F01">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>studies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidRPr="00951F01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>studiów doktorskich</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B2C6B" w14:paraId="51CA4129" w14:textId="77777777" w:rsidTr="001B2C6B">
+      <w:tr w:rsidR="001B2C6B" w14:paraId="51CA4129" w14:textId="77777777" w:rsidTr="00123B89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3952" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1EA1E9B5" w14:textId="64E50001" w:rsidR="001B2C6B" w:rsidRDefault="001B2C6B" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="321"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Full name / Imię i nazwisko:</w:t>
+              <w:t xml:space="preserve">Full </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1092F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>name</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F1092F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Imię i nazwisko:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6582" w:type="dxa"/>
+            <w:tcW w:w="6423" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="448F8ABD" w14:textId="3C6F1741" w:rsidR="001B2C6B" w:rsidRPr="00F1092F" w:rsidRDefault="001B2C6B" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="28"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>………………………………….……………………..………………………………………………….</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C30A7A" w14:paraId="4879FABB" w14:textId="77777777" w:rsidTr="001B2C6B">
+      <w:tr w:rsidR="00C30A7A" w14:paraId="4879FABB" w14:textId="77777777" w:rsidTr="00123B89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3952" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="441759EE" w14:textId="64BB1231" w:rsidR="00C30A7A" w:rsidRPr="00F1092F" w:rsidRDefault="00C30A7A" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="321"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Index number</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Index </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1092F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>number</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00DA1F7F" w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / Numer indeksu</w:t>
             </w:r>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6582" w:type="dxa"/>
+            <w:tcW w:w="6423" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4EE1D374" w14:textId="74CFD8BF" w:rsidR="00C30A7A" w:rsidRPr="00F1092F" w:rsidRDefault="00DA1F7F" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="28"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>………………………………….……………………..………………………………………………….</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D62A0" w14:paraId="1371F331" w14:textId="77777777" w:rsidTr="001B2C6B">
+      <w:tr w:rsidR="008D62A0" w14:paraId="1371F331" w14:textId="77777777" w:rsidTr="00123B89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3952" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="792C69F3" w14:textId="0F86EE2B" w:rsidR="008D62A0" w:rsidRPr="00F1092F" w:rsidRDefault="00B86CD1" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="321"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>current</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B86CD1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>degree programme</w:t>
-            </w:r>
+              <w:t>degree</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B86CD1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B86CD1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>programme</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="008D62A0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Aktualny k</w:t>
             </w:r>
             <w:r w:rsidR="008D62A0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ierunek studiów:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6582" w:type="dxa"/>
+            <w:tcW w:w="6423" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="37E97D20" w14:textId="082702D6" w:rsidR="008D62A0" w:rsidRPr="00F1092F" w:rsidRDefault="008D62A0" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="28"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>………………………………….……………………..………………………………………………….</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C30A7A" w14:paraId="684312C7" w14:textId="77777777" w:rsidTr="001B2C6B">
+      <w:tr w:rsidR="00C30A7A" w14:paraId="684312C7" w14:textId="77777777" w:rsidTr="00123B89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3952" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0A94BFDD" w14:textId="3F90266F" w:rsidR="00C30A7A" w:rsidRPr="00F1092F" w:rsidRDefault="00C30A7A" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="321"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Date of birth</w:t>
             </w:r>
             <w:r w:rsidR="00DA1F7F" w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / Data urodzenia</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> / Data </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DA1F7F" w:rsidRPr="00F1092F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>urodzenia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6582" w:type="dxa"/>
+            <w:tcW w:w="6423" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0791324B" w14:textId="711B4C6E" w:rsidR="00C30A7A" w:rsidRPr="00F1092F" w:rsidRDefault="00DA1F7F" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="28"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>………………………………….……………………..………………………………………………….</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C30A7A" w14:paraId="7840C23E" w14:textId="77777777" w:rsidTr="001B2C6B">
+      <w:tr w:rsidR="00123B89" w14:paraId="1E56E68F" w14:textId="77777777" w:rsidTr="00123B89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3952" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar>
+              <w:left w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="493B6425" w14:textId="6991327C" w:rsidR="00123B89" w:rsidRPr="00F1092F" w:rsidRDefault="00123B89" w:rsidP="00F1092F">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="321"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00123B89">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PESEL (if applicable) or ID card/passport </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">no. / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00123B89">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PESEL </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00123B89">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>lub</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00123B89">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00123B89">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>numer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00123B89">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00123B89">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>dowodu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00123B89">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00123B89">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>os</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>./</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00123B89">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>paszportu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6423" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="067DACB2" w14:textId="2412353D" w:rsidR="00123B89" w:rsidRPr="00F1092F" w:rsidRDefault="00123B89" w:rsidP="00F1092F">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F1092F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>………………………………….……………………..………………………………………………….</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C30A7A" w14:paraId="7840C23E" w14:textId="77777777" w:rsidTr="00123B89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="135470CB" w14:textId="6AC0A080" w:rsidR="00C30A7A" w:rsidRPr="00F1092F" w:rsidRDefault="00C30A7A" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="321"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Home address</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Home </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1092F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>address</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00DA1F7F" w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / Adres domowy</w:t>
             </w:r>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6582" w:type="dxa"/>
+            <w:tcW w:w="6423" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0374170C" w14:textId="77777777" w:rsidR="00DA1F7F" w:rsidRPr="00F1092F" w:rsidRDefault="00DA1F7F" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="28"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>………………………………….……………………..………………………………………………….</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2977E960" w14:textId="17A4DE6F" w:rsidR="00DA1F7F" w:rsidRPr="00F1092F" w:rsidRDefault="00DA1F7F" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="28"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>………………………………….……………………..………………………………………………….</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C30A7A" w14:paraId="213F13CC" w14:textId="77777777" w:rsidTr="001B2C6B">
+      <w:tr w:rsidR="00C30A7A" w14:paraId="213F13CC" w14:textId="77777777" w:rsidTr="00123B89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3952" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="70344A96" w14:textId="1EF15E20" w:rsidR="00C30A7A" w:rsidRPr="00F1092F" w:rsidRDefault="00C30A7A" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="321"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>E-mail address</w:t>
             </w:r>
             <w:r w:rsidR="00DA1F7F" w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> / Adres e-mail</w:t>
             </w:r>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6582" w:type="dxa"/>
+            <w:tcW w:w="6423" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="211E44B8" w14:textId="2AF60F35" w:rsidR="00C30A7A" w:rsidRPr="00F1092F" w:rsidRDefault="00DA1F7F" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="28"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>………………………………….……………………..………………………………………………….</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB3D40" w14:paraId="25961690" w14:textId="77777777" w:rsidTr="001B2C6B">
+      <w:tr w:rsidR="00BB3D40" w14:paraId="25961690" w14:textId="77777777" w:rsidTr="00123B89">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3952" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="61103C68" w14:textId="6A0E4ABE" w:rsidR="00BB3D40" w:rsidRPr="00F1092F" w:rsidRDefault="00BB3D40" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="321"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Phone number / Numer telefonu:</w:t>
+              <w:t xml:space="preserve">Phone </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1092F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>number</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F1092F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Numer telefonu:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6582" w:type="dxa"/>
+            <w:tcW w:w="6423" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="46EA4CEE" w14:textId="75322BAF" w:rsidR="00BB3D40" w:rsidRPr="00F1092F" w:rsidRDefault="00BB3D40" w:rsidP="00F1092F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="28"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>………………………………….……………………..………………………………………………….</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1573,153 +2217,672 @@
             <w:tcW w:w="1639" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41C84415" w14:textId="2EF2CEEB" w:rsidR="00876E16" w:rsidRPr="00876E16" w:rsidRDefault="00BB3D40" w:rsidP="00876E16">
             <w:pPr>
               <w:ind w:left="28" w:right="318"/>
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB3D40">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F0FF"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00876E16" w14:paraId="558DC41C" w14:textId="77777777" w:rsidTr="00876E16">
+      <w:tr w:rsidR="00876E16" w14:paraId="558DC41C" w14:textId="77777777" w:rsidTr="00F82535">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15B89892" w14:textId="4077A082" w:rsidR="00876E16" w:rsidRPr="00F1092F" w:rsidRDefault="00876E16" w:rsidP="00876E16">
+            <w:pPr>
+              <w:spacing w:after="240"/>
+              <w:ind w:left="323"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00876E16">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I confirm that I </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>know</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00876E16">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the basics of programming in Python and R </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F1092F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>(check the box)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00876E16">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Potwierdzam że znam podstawy programowania w </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00876E16">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00876E16">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F1092F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F1092F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(zaznacz pole)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C1C41F" w14:textId="38C45F70" w:rsidR="00876E16" w:rsidRPr="00BB3D40" w:rsidRDefault="00876E16" w:rsidP="00876E16">
+            <w:pPr>
+              <w:spacing w:after="240"/>
+              <w:ind w:left="28" w:right="318"/>
+              <w:rPr>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3D40">
+              <w:rPr>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:sym w:font="Symbol" w:char="F0FF"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F82535" w14:paraId="35810F58" w14:textId="77777777" w:rsidTr="00876E16">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15B89892" w14:textId="4077A082" w:rsidR="00876E16" w:rsidRPr="00F1092F" w:rsidRDefault="00876E16" w:rsidP="00876E16">
+          <w:p w14:paraId="571C047D" w14:textId="6793CFC0" w:rsidR="00F82535" w:rsidRPr="00876E16" w:rsidRDefault="00F82535" w:rsidP="00876E16">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:ind w:left="323"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00876E16">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> the basics of programming in Python and R </w:t>
+            <w:r w:rsidRPr="00F82535">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I confirm that during my participation in the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F82535">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Spinaker</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82535">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> program</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>me</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F82535">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at the University of Warsaw</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F82535">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I will not simultaneously participate in the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F82535">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Spinaker</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F82535">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> program</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>me</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F82535">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at another university</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(check the box)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:i/>
-                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00876E16">
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Potwierdzam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>że</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>trakcie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>uczestnictwa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>programie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Spinaker</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Uniwersytecie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Warszawskim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>nie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>będę</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>jednocześnie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>uczestniczył</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(a) w </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>programie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Spinaker</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>innej</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>uczelni</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F1092F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(zaznacz pole)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65C1C41F" w14:textId="38C45F70" w:rsidR="00876E16" w:rsidRPr="00BB3D40" w:rsidRDefault="00876E16" w:rsidP="00876E16">
+          <w:p w14:paraId="68E5086C" w14:textId="55A4D5DE" w:rsidR="00F82535" w:rsidRPr="00BB3D40" w:rsidRDefault="00F82535" w:rsidP="00876E16">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:ind w:left="28" w:right="318"/>
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB3D40">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F0FF"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1892C61D" w14:textId="77777777" w:rsidR="00C30A7A" w:rsidRPr="0091546B" w:rsidRDefault="00C30A7A" w:rsidP="00C30A7A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
@@ -1768,74 +2931,67 @@
             </w:pPr>
             <w:r w:rsidRPr="00482ABF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>IMPORTANT</w:t>
             </w:r>
             <w:r w:rsidR="00E6221F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
             <w:r w:rsidRPr="00482ABF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">: This Participation Declaration must be accompanied by a cover letter justifying the need to participate in the </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00692886">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Spinaker</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00482ABF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Programme. Lack of a cover </w:t>
-[...8 lines deleted...]
-              <w:t>letter will result in the automatic rejection of the application without consideration.</w:t>
+              <w:t xml:space="preserve"> Programme. Lack of a cover letter will result in the automatic rejection of the application without consideration.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C0D2097" w14:textId="183D3911" w:rsidR="00E6221F" w:rsidRPr="00482ABF" w:rsidRDefault="00E6221F" w:rsidP="00E6221F">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E6221F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">IMPORTANT 2: This </w:t>
             </w:r>
             <w:r w:rsidRPr="00482ABF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
@@ -1902,55 +3058,63 @@
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>By signing this Participation Declaration:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="471C55EE" w14:textId="6C609890" w:rsidR="00DA1F7F" w:rsidRPr="00482ABF" w:rsidRDefault="00DA1F7F" w:rsidP="00E6221F">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:left="426" w:hanging="294"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00482ABF">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">I confirm that I have read and accepted the </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00692886">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Spinaker Programme</w:t>
+              <w:t>Spinaker</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00692886">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Programme</w:t>
             </w:r>
             <w:r w:rsidRPr="00482ABF">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000F58EB" w:rsidRPr="00482ABF">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Regulations</w:t>
             </w:r>
             <w:r w:rsidRPr="00482ABF">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (available at</w:t>
             </w:r>
             <w:r w:rsidR="00F21F6D">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -2195,51 +3359,50 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">rogramie </w:t>
             </w:r>
             <w:r w:rsidR="00692886">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Spinaker</w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1F7F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">. Brak listu </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>motywacyjnego</w:t>
             </w:r>
             <w:r w:rsidRPr="00DA1F7F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> spowoduje automatyczne odrzucenie wniosku bez rozpatrzenia.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3162F08B" w14:textId="77777777" w:rsidR="00DA1F7F" w:rsidRDefault="00DA1F7F" w:rsidP="00DB6A82">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7A00DB70" w14:textId="50A75D74" w:rsidR="00E6221F" w:rsidRDefault="00E6221F" w:rsidP="00E6221F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA1F7F">
               <w:rPr>
@@ -2432,51 +3595,50 @@
               <w:ind w:left="423" w:hanging="297"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>Mając świadomość odpowiedzialności karnej za podanie fałszywych informacji, potwierdzam prawdziwość danych zawartych w Deklaracji.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="360B9A20" w14:textId="5BB5EE7F" w:rsidR="0069155A" w:rsidRDefault="00692886" w:rsidP="0069155A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1602A52E" w14:textId="77777777" w:rsidR="00F766BD" w:rsidRPr="00692886" w:rsidRDefault="00F766BD" w:rsidP="0069155A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76247BBD" w14:textId="2A9DD155" w:rsidR="0069155A" w:rsidRPr="00482ABF" w:rsidRDefault="0069155A" w:rsidP="000F58EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4678" w:right="-851"/>
         <w:jc w:val="center"/>
@@ -2558,89 +3720,157 @@
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> signature</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70097648" w14:textId="6C2ECC69" w:rsidR="0069155A" w:rsidRPr="00482ABF" w:rsidRDefault="00DA1F7F" w:rsidP="000F58EB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="4678" w:right="-851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00482ABF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">/ Data i czytelny podpis </w:t>
+        <w:t xml:space="preserve">/ Data </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00482ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00482ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00482ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>czytelny</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00482ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00482ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>podpis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00482ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F1092F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>uczestnika</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:sectPr w:rsidR="0069155A" w:rsidRPr="00482ABF" w:rsidSect="00024E5B">
+    <w:sectPr w:rsidR="0069155A" w:rsidRPr="00482ABF" w:rsidSect="00F82535">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1702" w:right="1416" w:bottom="1702" w:left="1418" w:header="285" w:footer="376" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1416" w:bottom="1418" w:left="1418" w:header="285" w:footer="143" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B27D3AC" w14:textId="77777777" w:rsidR="00A7327F" w:rsidRDefault="00A7327F" w:rsidP="000F64D4">
+    <w:p w14:paraId="56D2FD66" w14:textId="77777777" w:rsidR="00FE3DED" w:rsidRDefault="00FE3DED" w:rsidP="000F64D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="680FF94B" w14:textId="77777777" w:rsidR="00A7327F" w:rsidRDefault="00A7327F" w:rsidP="000F64D4">
+    <w:p w14:paraId="549A653A" w14:textId="77777777" w:rsidR="00FE3DED" w:rsidRDefault="00FE3DED" w:rsidP="000F64D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2679,164 +3909,164 @@
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1877342773"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="1A9F791C" w14:textId="77777777" w:rsidR="000F64D4" w:rsidRDefault="000F64D4">
         <w:pPr>
           <w:pStyle w:val="Stopka"/>
           <w:jc w:val="center"/>
         </w:pPr>
       </w:p>
-      <w:p w14:paraId="649DD74A" w14:textId="2D667B75" w:rsidR="000F64D4" w:rsidRDefault="00024E5B" w:rsidP="00024E5B">
+      <w:p w14:paraId="649DD74A" w14:textId="028D6884" w:rsidR="000F64D4" w:rsidRDefault="00156D7F" w:rsidP="00024E5B">
         <w:pPr>
           <w:pStyle w:val="Stopka"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:drawing>
-            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F9B02E2" wp14:editId="08CA679B">
-[...2 lines deleted...]
-              <wp:docPr id="1340761090" name="Obraz 2"/>
+            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5ACCA2E8" wp14:editId="05EF3BCA">
+              <wp:extent cx="2064299" cy="441960"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:docPr id="616371843" name="Obraz 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
                       <pic:cNvPr id="0" name="Picture 2"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId1">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="894754" cy="398117"/>
+                        <a:ext cx="2241178" cy="479829"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="16591FE1" w14:textId="77777777" w:rsidR="000F64D4" w:rsidRDefault="000F64D4">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01845083" w14:textId="77777777" w:rsidR="00A7327F" w:rsidRDefault="00A7327F" w:rsidP="000F64D4">
+    <w:p w14:paraId="6AE21C94" w14:textId="77777777" w:rsidR="00FE3DED" w:rsidRDefault="00FE3DED" w:rsidP="000F64D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52117257" w14:textId="77777777" w:rsidR="00A7327F" w:rsidRDefault="00A7327F" w:rsidP="000F64D4">
+    <w:p w14:paraId="69C4FFEA" w14:textId="77777777" w:rsidR="00FE3DED" w:rsidRDefault="00FE3DED" w:rsidP="000F64D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="109F4655" w14:textId="17E92328" w:rsidR="000F64D4" w:rsidRDefault="00522526" w:rsidP="00DD272D">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:ind w:left="-1134" w:right="-993"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C56061D" wp14:editId="19F64606">
           <wp:extent cx="5749925" cy="614680"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
-          <wp:docPr id="1359766495" name="Obraz 1"/>
+          <wp:docPr id="996932533" name="Obraz 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -3951,86 +5181,89 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1559391163">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2007202332">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="871190432">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1771048517">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="977149312">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="269775305">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="127"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00673A19"/>
     <w:rsid w:val="00001F55"/>
     <w:rsid w:val="00024E5B"/>
     <w:rsid w:val="00035D47"/>
     <w:rsid w:val="00095E8F"/>
     <w:rsid w:val="000B30B1"/>
     <w:rsid w:val="000C2928"/>
     <w:rsid w:val="000F58EB"/>
     <w:rsid w:val="000F64D4"/>
+    <w:rsid w:val="00123B89"/>
     <w:rsid w:val="00126D4C"/>
     <w:rsid w:val="001443C7"/>
     <w:rsid w:val="0015223D"/>
+    <w:rsid w:val="00156D7F"/>
     <w:rsid w:val="0016334C"/>
     <w:rsid w:val="00176074"/>
     <w:rsid w:val="00182485"/>
     <w:rsid w:val="001A5D6E"/>
     <w:rsid w:val="001B2C6B"/>
     <w:rsid w:val="001C6C84"/>
     <w:rsid w:val="001E0259"/>
     <w:rsid w:val="001E2BA6"/>
     <w:rsid w:val="001F3A25"/>
     <w:rsid w:val="002268B0"/>
     <w:rsid w:val="0022786C"/>
     <w:rsid w:val="00230B02"/>
     <w:rsid w:val="00232561"/>
     <w:rsid w:val="00245264"/>
     <w:rsid w:val="0026715F"/>
     <w:rsid w:val="00283325"/>
     <w:rsid w:val="002A6905"/>
     <w:rsid w:val="002E28E9"/>
     <w:rsid w:val="002E2F20"/>
     <w:rsid w:val="00333E4E"/>
     <w:rsid w:val="00340140"/>
     <w:rsid w:val="003449C8"/>
     <w:rsid w:val="003528D0"/>
     <w:rsid w:val="00362007"/>
     <w:rsid w:val="0036333E"/>
@@ -4039,63 +5272,66 @@
     <w:rsid w:val="003C63BE"/>
     <w:rsid w:val="003F7ADD"/>
     <w:rsid w:val="00421DFD"/>
     <w:rsid w:val="00426B64"/>
     <w:rsid w:val="00430760"/>
     <w:rsid w:val="004436CC"/>
     <w:rsid w:val="00467C61"/>
     <w:rsid w:val="00471BBC"/>
     <w:rsid w:val="0047255A"/>
     <w:rsid w:val="0048116F"/>
     <w:rsid w:val="00482ABF"/>
     <w:rsid w:val="004E2ABF"/>
     <w:rsid w:val="004F5A98"/>
     <w:rsid w:val="0050538D"/>
     <w:rsid w:val="00511415"/>
     <w:rsid w:val="00515C80"/>
     <w:rsid w:val="00522526"/>
     <w:rsid w:val="00526AE7"/>
     <w:rsid w:val="005453DD"/>
     <w:rsid w:val="00560033"/>
     <w:rsid w:val="00584F14"/>
     <w:rsid w:val="005968F0"/>
     <w:rsid w:val="005A317E"/>
     <w:rsid w:val="005C3025"/>
     <w:rsid w:val="005D642F"/>
+    <w:rsid w:val="005E19B5"/>
     <w:rsid w:val="0061195D"/>
     <w:rsid w:val="00673A19"/>
     <w:rsid w:val="0069155A"/>
     <w:rsid w:val="00692886"/>
     <w:rsid w:val="006A1D42"/>
     <w:rsid w:val="006F7F88"/>
+    <w:rsid w:val="00707717"/>
     <w:rsid w:val="00707BF3"/>
     <w:rsid w:val="00723405"/>
     <w:rsid w:val="00766B27"/>
     <w:rsid w:val="0077712E"/>
     <w:rsid w:val="007C2388"/>
     <w:rsid w:val="008169A0"/>
     <w:rsid w:val="00816EF7"/>
+    <w:rsid w:val="0083630F"/>
     <w:rsid w:val="00846EA8"/>
     <w:rsid w:val="008521EF"/>
     <w:rsid w:val="00863233"/>
     <w:rsid w:val="00876E16"/>
     <w:rsid w:val="008C56F2"/>
     <w:rsid w:val="008C6641"/>
     <w:rsid w:val="008D62A0"/>
     <w:rsid w:val="00906A1E"/>
     <w:rsid w:val="00907238"/>
     <w:rsid w:val="0091546B"/>
     <w:rsid w:val="00932323"/>
     <w:rsid w:val="00950769"/>
     <w:rsid w:val="00951F01"/>
     <w:rsid w:val="009544DD"/>
     <w:rsid w:val="009602B0"/>
     <w:rsid w:val="009B7EC1"/>
     <w:rsid w:val="009C3757"/>
     <w:rsid w:val="009D601E"/>
     <w:rsid w:val="009F1FF9"/>
     <w:rsid w:val="009F51CC"/>
     <w:rsid w:val="00A0108B"/>
     <w:rsid w:val="00A04EAE"/>
     <w:rsid w:val="00A0517D"/>
     <w:rsid w:val="00A7327F"/>
     <w:rsid w:val="00A90194"/>
@@ -4110,69 +5346,73 @@
     <w:rsid w:val="00B65916"/>
     <w:rsid w:val="00B84629"/>
     <w:rsid w:val="00B86CD1"/>
     <w:rsid w:val="00BB3D40"/>
     <w:rsid w:val="00BC59F9"/>
     <w:rsid w:val="00BD1372"/>
     <w:rsid w:val="00BD16BF"/>
     <w:rsid w:val="00BD433C"/>
     <w:rsid w:val="00C30A7A"/>
     <w:rsid w:val="00C379C0"/>
     <w:rsid w:val="00C40874"/>
     <w:rsid w:val="00C4158D"/>
     <w:rsid w:val="00C54D20"/>
     <w:rsid w:val="00C75711"/>
     <w:rsid w:val="00C94378"/>
     <w:rsid w:val="00C960B3"/>
     <w:rsid w:val="00CC05A7"/>
     <w:rsid w:val="00CC390F"/>
     <w:rsid w:val="00CE078C"/>
     <w:rsid w:val="00CF305E"/>
     <w:rsid w:val="00D3331F"/>
     <w:rsid w:val="00D5697E"/>
     <w:rsid w:val="00D57F1D"/>
     <w:rsid w:val="00DA1F7F"/>
     <w:rsid w:val="00DA482E"/>
+    <w:rsid w:val="00DC7E8E"/>
     <w:rsid w:val="00DD272D"/>
     <w:rsid w:val="00DE6CDE"/>
     <w:rsid w:val="00DF357F"/>
+    <w:rsid w:val="00E11F60"/>
     <w:rsid w:val="00E20A5B"/>
     <w:rsid w:val="00E6221F"/>
     <w:rsid w:val="00E65E5C"/>
     <w:rsid w:val="00E718BC"/>
     <w:rsid w:val="00E74F3C"/>
     <w:rsid w:val="00EA201D"/>
     <w:rsid w:val="00EF162B"/>
     <w:rsid w:val="00F05E87"/>
     <w:rsid w:val="00F1092F"/>
     <w:rsid w:val="00F1745D"/>
     <w:rsid w:val="00F21F6D"/>
     <w:rsid w:val="00F362E6"/>
     <w:rsid w:val="00F763FB"/>
     <w:rsid w:val="00F766BD"/>
+    <w:rsid w:val="00F82535"/>
     <w:rsid w:val="00FB66AC"/>
     <w:rsid w:val="00FC358F"/>
+    <w:rsid w:val="00FE3DED"/>
     <w:rsid w:val="00FE7C50"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -5515,75 +6755,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9B274DD-1F3F-4886-AA16-E0940228D853}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>732</Words>
-  <Characters>4393</Characters>
+  <Words>805</Words>
+  <Characters>4831</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>40</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5115</CharactersWithSpaces>
+  <CharactersWithSpaces>5625</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jacek Rapacz</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>9b50d0318ebb1b9a7a6fac435b0a1fa6d9feedfd388372bcf8f55317ba101761</vt:lpwstr>
   </property>